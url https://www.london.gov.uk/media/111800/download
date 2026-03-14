--- v0 (2026-02-02)
+++ v1 (2026-03-14)
@@ -8,54 +8,54 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterlondonauthority.sharepoint.com/sites/CS_HCYLUnit/Shared Documents/General/UFSM/PMOG/Borough Funding Review/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\PDC2CIF005.onelondon.tfl.local\vdm4_data5$\LeeHarvey\Data\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="167" documentId="8_{6538B967-2BEB-4268-9275-7A920FC60A9A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FB6BB626-52A1-43D4-961B-CDE49332D346}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8CC5C0DC-C23C-4D68-BBC7-7054106DC329}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="71880" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{9AEC356F-2390-43BD-96BB-5449FE349F67}"/>
   </bookViews>
   <sheets>
     <sheet name="Overview &amp; Guidance" sheetId="2" r:id="rId1"/>
     <sheet name="Summary Form" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -174,115 +174,115 @@
   </si>
   <si>
     <t>Total Number on Roll</t>
   </si>
   <si>
     <t>No. of FSM Gov eligible pupils</t>
   </si>
   <si>
     <t>No. of pupils eligible for Mayor's FSM</t>
   </si>
   <si>
     <t>Total meals taken by gov FSM eligible pupils</t>
   </si>
   <si>
     <t xml:space="preserve"> 
 Total meals taken by non-gov FSM eligible KS2 pupils 
 (Mayor funded meals)</t>
   </si>
   <si>
     <t>No of packed lunches</t>
   </si>
   <si>
     <t>Absences</t>
   </si>
   <si>
-    <r>
-[...24 lines deleted...]
-  <si>
     <t>% uptake by FSM eligible pupils</t>
   </si>
   <si>
     <t>% uptake London Meals (Mayor funded meals)</t>
   </si>
   <si>
     <t>EXAMPLE</t>
   </si>
   <si>
     <t>Total School Level %</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Guidance for Schools:
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 1. Each table in the 'Summary Form' tab show an example row to help users
 2. Please ensure forumla built into this sheet is not changed or edited, as this could provide incorrect figures.
 3. Rows 5, 6, 7, 8, 15, 16, 17 and 18 display figures for each year group
 4. Rows 9 and 19 is the total for all year groups for that collection date, with cells J9 and 19 showing the total % uptake for the Mayor's FSM from eligible pupils
 5. If schools do not have certain data, they should enter leave this blank
 6. Schools should only enter data into cells that are coloured amber, pink or light blue. No other cells require data entry.
 7. If any pupils are not taking up government funding for FSM, or the Mayor's meals, or bringing in a packed lunch, please explain in Row 7 (notes) of the 'Overview and Guidance' tab, for example pupils temporarily homeschooled, etc.
 </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Check (</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>columns E to H should total number on in roll column I</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
@@ -549,94 +549,94 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="6" fillId="6" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="4">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF5050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.79998168889431442"/>
         </patternFill>
@@ -973,383 +973,385 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C48FC540-4206-4562-8A4E-A2C80D9410B4}">
   <dimension ref="A1:E35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="M14" sqref="M14"/>
+      <selection activeCell="E6" sqref="E6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="42.6640625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A1" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="17"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A2" s="14" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="17"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A3" s="14" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="17"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A4" s="14" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="17"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="17"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.4">
       <c r="A6" s="14" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="15" t="e">
-        <f>(('Summary Form'!K9+'Summary Form'!K19/2))</f>
+        <f>AVERAGE('Summary Form'!K9, 'Summary Form'!K19)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="100.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A7" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="17"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A9" s="32" t="s">
-[...5 lines deleted...]
-      <c r="E9" s="19"/>
+      <c r="A9" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="19"/>
+      <c r="C9" s="19"/>
+      <c r="D9" s="19"/>
+      <c r="E9" s="20"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A10" s="20"/>
-[...3 lines deleted...]
-      <c r="E10" s="22"/>
+      <c r="A10" s="21"/>
+      <c r="B10" s="22"/>
+      <c r="C10" s="22"/>
+      <c r="D10" s="22"/>
+      <c r="E10" s="23"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A11" s="20"/>
-[...3 lines deleted...]
-      <c r="E11" s="22"/>
+      <c r="A11" s="21"/>
+      <c r="B11" s="22"/>
+      <c r="C11" s="22"/>
+      <c r="D11" s="22"/>
+      <c r="E11" s="23"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A12" s="20"/>
-[...3 lines deleted...]
-      <c r="E12" s="22"/>
+      <c r="A12" s="21"/>
+      <c r="B12" s="22"/>
+      <c r="C12" s="22"/>
+      <c r="D12" s="22"/>
+      <c r="E12" s="23"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A13" s="20"/>
-[...3 lines deleted...]
-      <c r="E13" s="22"/>
+      <c r="A13" s="21"/>
+      <c r="B13" s="22"/>
+      <c r="C13" s="22"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="23"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A14" s="20"/>
-[...3 lines deleted...]
-      <c r="E14" s="22"/>
+      <c r="A14" s="21"/>
+      <c r="B14" s="22"/>
+      <c r="C14" s="22"/>
+      <c r="D14" s="22"/>
+      <c r="E14" s="23"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A15" s="23"/>
-[...3 lines deleted...]
-      <c r="E15" s="25"/>
+      <c r="A15" s="24"/>
+      <c r="B15" s="25"/>
+      <c r="C15" s="25"/>
+      <c r="D15" s="25"/>
+      <c r="E15" s="26"/>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A16" s="23"/>
-[...3 lines deleted...]
-      <c r="E16" s="25"/>
+      <c r="A16" s="24"/>
+      <c r="B16" s="25"/>
+      <c r="C16" s="25"/>
+      <c r="D16" s="25"/>
+      <c r="E16" s="26"/>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A17" s="23"/>
-[...3 lines deleted...]
-      <c r="E17" s="25"/>
+      <c r="A17" s="24"/>
+      <c r="B17" s="25"/>
+      <c r="C17" s="25"/>
+      <c r="D17" s="25"/>
+      <c r="E17" s="26"/>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A18" s="23"/>
-[...3 lines deleted...]
-      <c r="E18" s="25"/>
+      <c r="A18" s="24"/>
+      <c r="B18" s="25"/>
+      <c r="C18" s="25"/>
+      <c r="D18" s="25"/>
+      <c r="E18" s="26"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A19" s="23"/>
-[...3 lines deleted...]
-      <c r="E19" s="25"/>
+      <c r="A19" s="24"/>
+      <c r="B19" s="25"/>
+      <c r="C19" s="25"/>
+      <c r="D19" s="25"/>
+      <c r="E19" s="26"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A20" s="23"/>
-[...3 lines deleted...]
-      <c r="E20" s="25"/>
+      <c r="A20" s="24"/>
+      <c r="B20" s="25"/>
+      <c r="C20" s="25"/>
+      <c r="D20" s="25"/>
+      <c r="E20" s="26"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A21" s="26"/>
-[...3 lines deleted...]
-      <c r="E21" s="28"/>
+      <c r="A21" s="27"/>
+      <c r="B21" s="28"/>
+      <c r="C21" s="28"/>
+      <c r="D21" s="28"/>
+      <c r="E21" s="29"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A23" s="29" t="s">
+      <c r="A23" s="30" t="s">
         <v>7</v>
       </c>
-      <c r="B23" s="18"/>
-[...2 lines deleted...]
-      <c r="E23" s="19"/>
+      <c r="B23" s="19"/>
+      <c r="C23" s="19"/>
+      <c r="D23" s="19"/>
+      <c r="E23" s="20"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A24" s="20"/>
-[...3 lines deleted...]
-      <c r="E24" s="22"/>
+      <c r="A24" s="21"/>
+      <c r="B24" s="22"/>
+      <c r="C24" s="22"/>
+      <c r="D24" s="22"/>
+      <c r="E24" s="23"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A25" s="20"/>
-[...3 lines deleted...]
-      <c r="E25" s="22"/>
+      <c r="A25" s="21"/>
+      <c r="B25" s="22"/>
+      <c r="C25" s="22"/>
+      <c r="D25" s="22"/>
+      <c r="E25" s="23"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A26" s="20"/>
-[...3 lines deleted...]
-      <c r="E26" s="22"/>
+      <c r="A26" s="21"/>
+      <c r="B26" s="22"/>
+      <c r="C26" s="22"/>
+      <c r="D26" s="22"/>
+      <c r="E26" s="23"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A27" s="20"/>
-[...3 lines deleted...]
-      <c r="E27" s="22"/>
+      <c r="A27" s="21"/>
+      <c r="B27" s="22"/>
+      <c r="C27" s="22"/>
+      <c r="D27" s="22"/>
+      <c r="E27" s="23"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A28" s="20"/>
-[...3 lines deleted...]
-      <c r="E28" s="22"/>
+      <c r="A28" s="21"/>
+      <c r="B28" s="22"/>
+      <c r="C28" s="22"/>
+      <c r="D28" s="22"/>
+      <c r="E28" s="23"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A29" s="23"/>
-[...3 lines deleted...]
-      <c r="E29" s="25"/>
+      <c r="A29" s="24"/>
+      <c r="B29" s="25"/>
+      <c r="C29" s="25"/>
+      <c r="D29" s="25"/>
+      <c r="E29" s="26"/>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A30" s="23"/>
-[...3 lines deleted...]
-      <c r="E30" s="25"/>
+      <c r="A30" s="24"/>
+      <c r="B30" s="25"/>
+      <c r="C30" s="25"/>
+      <c r="D30" s="25"/>
+      <c r="E30" s="26"/>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A31" s="23"/>
-[...3 lines deleted...]
-      <c r="E31" s="25"/>
+      <c r="A31" s="24"/>
+      <c r="B31" s="25"/>
+      <c r="C31" s="25"/>
+      <c r="D31" s="25"/>
+      <c r="E31" s="26"/>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A32" s="23"/>
-[...3 lines deleted...]
-      <c r="E32" s="25"/>
+      <c r="A32" s="24"/>
+      <c r="B32" s="25"/>
+      <c r="C32" s="25"/>
+      <c r="D32" s="25"/>
+      <c r="E32" s="26"/>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A33" s="23"/>
-[...3 lines deleted...]
-      <c r="E33" s="25"/>
+      <c r="A33" s="24"/>
+      <c r="B33" s="25"/>
+      <c r="C33" s="25"/>
+      <c r="D33" s="25"/>
+      <c r="E33" s="26"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A34" s="23"/>
-[...3 lines deleted...]
-      <c r="E34" s="25"/>
+      <c r="A34" s="24"/>
+      <c r="B34" s="25"/>
+      <c r="C34" s="25"/>
+      <c r="D34" s="25"/>
+      <c r="E34" s="26"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="A35" s="26"/>
-[...3 lines deleted...]
-      <c r="E35" s="28"/>
+      <c r="A35" s="27"/>
+      <c r="B35" s="28"/>
+      <c r="C35" s="28"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="29"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A9:E21"/>
     <mergeCell ref="A23:E35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DC0D7D50-1949-439E-9AD9-198CA9EAEF48}">
   <dimension ref="A1:K19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="G8" sqref="G8"/>
+      <selection activeCell="F17" sqref="F17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="11" width="13.5546875" style="2" customWidth="1"/>
     <col min="12" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15" x14ac:dyDescent="0.4">
       <c r="A1" s="13" t="s">
         <v>8</v>
       </c>
       <c r="B1" s="16" t="s">
         <v>9</v>
       </c>
-      <c r="C1" s="30">
+      <c r="C1" s="31">
         <v>46054</v>
       </c>
-      <c r="D1" s="31"/>
+      <c r="D1" s="32"/>
     </row>
     <row r="2" spans="1:11" ht="124.9" x14ac:dyDescent="0.35">
       <c r="A2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="J2" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="J2" s="3" t="s">
+      <c r="K2" s="3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="13.9" x14ac:dyDescent="0.35">
       <c r="A3" s="7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B3" s="7">
         <v>60</v>
       </c>
       <c r="C3" s="7">
         <v>10</v>
       </c>
       <c r="D3" s="7">
         <v>50</v>
       </c>
       <c r="E3" s="7">
         <v>8</v>
       </c>
       <c r="F3" s="7">
         <v>40</v>
       </c>
       <c r="G3" s="7">
         <v>12</v>
       </c>
-      <c r="H3" s="7"/>
+      <c r="H3" s="7">
+        <v>0</v>
+      </c>
       <c r="I3" s="7">
         <f>SUM(E3:H3)</f>
         <v>60</v>
       </c>
       <c r="J3" s="8">
         <f>E3/C3</f>
         <v>0.8</v>
       </c>
       <c r="K3" s="8">
         <f>F3/D3</f>
         <v>0.8</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="13.9" x14ac:dyDescent="0.35">
       <c r="A4" s="10"/>
       <c r="B4" s="10"/>
       <c r="C4" s="10"/>
       <c r="D4" s="10"/>
       <c r="E4" s="10"/>
       <c r="F4" s="10"/>
       <c r="G4" s="10"/>
       <c r="H4" s="10"/>
       <c r="I4" s="10"/>
       <c r="J4" s="11"/>
       <c r="K4" s="11"/>
@@ -1430,143 +1432,143 @@
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="5"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="12"/>
       <c r="F8" s="12"/>
       <c r="G8" s="12"/>
       <c r="H8" s="12"/>
       <c r="I8" s="3">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J8" s="9" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
       <c r="K8" s="9" t="e">
         <f t="shared" si="1"/>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="27.75" x14ac:dyDescent="0.35">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B9" s="3">
         <f>SUM(B5:B8)</f>
         <v>0</v>
       </c>
       <c r="C9" s="3">
         <f t="shared" ref="C9:D9" si="3">SUM(C5:C8)</f>
         <v>0</v>
       </c>
       <c r="D9" s="3">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="E9" s="3">
         <f>SUM(E5:E8)</f>
         <v>0</v>
       </c>
       <c r="F9" s="3">
         <f t="shared" ref="F9:H9" si="4">SUM(F5:F8)</f>
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="H9" s="3">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="I9" s="3">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J9" s="9" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
       <c r="K9" s="9" t="e">
         <f t="shared" si="1"/>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="15" x14ac:dyDescent="0.4">
       <c r="A11" s="13" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="16" t="s">
         <v>9</v>
       </c>
-      <c r="C11" s="30">
+      <c r="C11" s="31">
         <v>46082</v>
       </c>
-      <c r="D11" s="31"/>
+      <c r="D11" s="32"/>
     </row>
     <row r="12" spans="1:11" ht="124.9" x14ac:dyDescent="0.35">
       <c r="A12" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="J12" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="J12" s="3" t="s">
+      <c r="K12" s="3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="13.9" x14ac:dyDescent="0.35">
       <c r="A13" s="7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B13" s="7">
         <v>60</v>
       </c>
       <c r="C13" s="7">
         <v>10</v>
       </c>
       <c r="D13" s="7">
         <v>50</v>
       </c>
       <c r="E13" s="7">
         <v>8</v>
       </c>
       <c r="F13" s="7">
         <v>40</v>
       </c>
       <c r="G13" s="7">
         <v>12</v>
       </c>
       <c r="H13" s="7">
         <v>0</v>
       </c>
       <c r="I13" s="7">
         <f>SUM(E13:H13)</f>
         <v>60</v>
@@ -1583,164 +1585,164 @@
     <row r="14" spans="1:11" ht="13.9" x14ac:dyDescent="0.35">
       <c r="A14" s="10"/>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
       <c r="D14" s="10"/>
       <c r="E14" s="10"/>
       <c r="F14" s="10"/>
       <c r="G14" s="10"/>
       <c r="H14" s="10"/>
       <c r="I14" s="10"/>
       <c r="J14" s="11"/>
       <c r="K14" s="11"/>
     </row>
     <row r="15" spans="1:11" ht="13.9" x14ac:dyDescent="0.35">
       <c r="A15" s="4">
         <v>3</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="6"/>
       <c r="D15" s="6"/>
       <c r="E15" s="12"/>
       <c r="F15" s="12"/>
       <c r="G15" s="12"/>
       <c r="H15" s="12"/>
       <c r="I15" s="3">
-        <f t="shared" ref="I15:I19" si="5">SUM(E15:H15)</f>
+        <f>SUM(E15:H15)</f>
         <v>0</v>
       </c>
       <c r="J15" s="9" t="e">
-        <f t="shared" ref="J15:J19" si="6">E15/C15</f>
+        <f>E15/C15</f>
         <v>#DIV/0!</v>
       </c>
       <c r="K15" s="9" t="e">
-        <f t="shared" ref="K15:K19" si="7">F15/D15</f>
+        <f>F15/D15</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="13.9" x14ac:dyDescent="0.35">
       <c r="A16" s="4">
         <v>4</v>
       </c>
       <c r="B16" s="5"/>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="12"/>
       <c r="F16" s="12"/>
       <c r="G16" s="12"/>
       <c r="H16" s="12"/>
       <c r="I16" s="3">
-        <f t="shared" si="5"/>
+        <f>SUM(E16:H16)</f>
         <v>0</v>
       </c>
       <c r="J16" s="9" t="e">
-        <f t="shared" si="6"/>
+        <f>E16/C16</f>
         <v>#DIV/0!</v>
       </c>
       <c r="K16" s="9" t="e">
-        <f t="shared" si="7"/>
+        <f>F16/D16</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="13.9" x14ac:dyDescent="0.35">
       <c r="A17" s="4">
         <v>5</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="12"/>
       <c r="F17" s="12"/>
       <c r="G17" s="12"/>
       <c r="H17" s="12"/>
       <c r="I17" s="3">
-        <f t="shared" si="5"/>
+        <f t="shared" ref="I17:I19" si="5">SUM(E17:H17)</f>
         <v>0</v>
       </c>
       <c r="J17" s="9" t="e">
-        <f t="shared" si="6"/>
+        <f t="shared" ref="J17:J19" si="6">E17/C17</f>
         <v>#DIV/0!</v>
       </c>
       <c r="K17" s="9" t="e">
-        <f t="shared" si="7"/>
+        <f t="shared" ref="K17:K19" si="7">F17/D17</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="13.9" x14ac:dyDescent="0.35">
       <c r="A18" s="4">
         <v>6</v>
       </c>
       <c r="B18" s="5"/>
       <c r="C18" s="6"/>
       <c r="D18" s="6"/>
       <c r="E18" s="12"/>
       <c r="F18" s="12"/>
       <c r="G18" s="12"/>
       <c r="H18" s="12"/>
       <c r="I18" s="3">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="J18" s="9" t="e">
         <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
       <c r="K18" s="9" t="e">
         <f t="shared" si="7"/>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="27.75" x14ac:dyDescent="0.35">
       <c r="A19" s="3" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B19" s="3">
         <f>SUM(B15:B18)</f>
         <v>0</v>
       </c>
       <c r="C19" s="3">
-        <f t="shared" ref="C19" si="8">SUM(C15:C18)</f>
+        <f>SUM(C15:C18)</f>
         <v>0</v>
       </c>
       <c r="D19" s="3">
-        <f t="shared" ref="D19" si="9">SUM(D15:D18)</f>
+        <f>SUM(D15:D18)</f>
         <v>0</v>
       </c>
       <c r="E19" s="3">
         <f>SUM(E15:E18)</f>
         <v>0</v>
       </c>
       <c r="F19" s="3">
-        <f t="shared" ref="F19:H19" si="10">SUM(F15:F18)</f>
+        <f>SUM(F15:F18)</f>
         <v>0</v>
       </c>
       <c r="G19" s="3">
-        <f t="shared" si="10"/>
+        <f>SUM(G15:G18)</f>
         <v>0</v>
       </c>
       <c r="H19" s="3">
-        <f t="shared" si="10"/>
+        <f>SUM(H15:H18)</f>
         <v>0</v>
       </c>
       <c r="I19" s="3">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="J19" s="9" t="e">
         <f t="shared" si="6"/>
         <v>#DIV/0!</v>
       </c>
       <c r="K19" s="9" t="e">
         <f t="shared" si="7"/>
         <v>#DIV/0!</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="C11:D11"/>
   </mergeCells>
   <conditionalFormatting sqref="I3 I5:I9">
     <cfRule type="expression" dxfId="3" priority="3">
       <formula>I3&lt;&gt;B3</formula>
     </cfRule>
     <cfRule type="expression" dxfId="2" priority="4">
@@ -1992,103 +1994,103 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="9314d217-1b54-4a07-967a-f7d71d5587e0" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="de7381dc-3dc1-4265-9fa8-4a5f09c93ca2">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{991E6E07-8483-40C1-ABE3-6948B151AEBC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="de7381dc-3dc1-4265-9fa8-4a5f09c93ca2"/>
     <ds:schemaRef ds:uri="9314d217-1b54-4a07-967a-f7d71d5587e0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A22DB192-1D86-4214-8D74-D7262AAC3EE7}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2CF4665-B4F5-4FCF-B1A9-B0598250F4AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9314d217-1b54-4a07-967a-f7d71d5587e0"/>
     <ds:schemaRef ds:uri="de7381dc-3dc1-4265-9fa8-4a5f09c93ca2"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A22DB192-1D86-4214-8D74-D7262AAC3EE7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Overview &amp; Guidance</vt:lpstr>
       <vt:lpstr>Summary Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>