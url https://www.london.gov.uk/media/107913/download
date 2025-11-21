--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -3,111 +3,113 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterlondonauthority.sharepoint.com/sites/HL_HOU_Programme/Shared Documents/General/AHP/MHCLG Quarterly Reports/2024-25/Quarter 4/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterlondonauthority.sharepoint.com/sites/HL_HOU_Programme/Shared Documents/General/AHP/MHCLG Quarterly Reports/2025-26/Quarter 2/Draft reports/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="31" documentId="8_{4BE5E1D1-9A0E-4AB4-BCB5-BAF4789DC268}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{78E7D6CA-43AD-497E-AB3F-6BC40AFE6E42}"/>
+  <xr:revisionPtr revIDLastSave="4" documentId="13_ncr:1_{B49144E7-1710-4B06-850A-478AF6EADDA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{90014233-F1F0-45A8-AF54-089DA7D206D8}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="21795" windowHeight="13996" tabRatio="564" xr2:uid="{7EAFF0BD-F5B3-4A52-8375-EAA6116F7F28}"/>
   </bookViews>
   <sheets>
     <sheet name="GLA Prog Homes Bedrooms " sheetId="12" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="S13" i="12" l="1"/>
+  <c r="S4" i="12" l="1"/>
+  <c r="I4" i="12"/>
+  <c r="S14" i="12"/>
+  <c r="I14" i="12"/>
+  <c r="S13" i="12"/>
   <c r="I13" i="12"/>
   <c r="S12" i="12"/>
   <c r="I12" i="12"/>
   <c r="S11" i="12"/>
   <c r="I11" i="12"/>
   <c r="S10" i="12"/>
   <c r="I10" i="12"/>
   <c r="S9" i="12"/>
   <c r="I9" i="12"/>
   <c r="S8" i="12"/>
   <c r="I8" i="12"/>
   <c r="S7" i="12"/>
   <c r="I7" i="12"/>
   <c r="S6" i="12"/>
   <c r="I6" i="12"/>
-  <c r="S5" i="12"/>
+  <c r="S5" i="12" l="1"/>
   <c r="I5" i="12"/>
-  <c r="S4" i="12" l="1"/>
-  <c r="I4" i="12"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="24">
   <si>
     <t xml:space="preserve">GLA Affordable Housing Programmes: homes by number of bedrooms </t>
   </si>
   <si>
     <t>Starts on site</t>
   </si>
   <si>
     <t xml:space="preserve"> Studio</t>
   </si>
   <si>
     <t>1 Bed</t>
   </si>
   <si>
     <t>2 Bed</t>
   </si>
   <si>
     <t>3 Bed</t>
   </si>
   <si>
     <t>4 Bed</t>
   </si>
   <si>
     <t>5 Bed</t>
   </si>
   <si>
@@ -145,51 +147,54 @@
   </si>
   <si>
     <t>2015-16</t>
   </si>
   <si>
     <t xml:space="preserve">Please note, the bedroom breakdown is not captured for all projects in GLA programmes and the details provided above reflect only those projects where the information is available 
 at the time of reporting.   </t>
   </si>
   <si>
     <r>
       <t>2024-25</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
-    <t>To end of March 2025</t>
+    <t>2025-26</t>
+  </si>
+  <si>
+    <t>To end of September 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -354,91 +359,91 @@
     <cellStyle name="Normal 4 3 2" xfId="14" xr:uid="{F42192F3-E53C-40A4-A876-EAAFE6CB8A76}"/>
     <cellStyle name="Normal 4 4" xfId="13" xr:uid="{72967133-185A-484C-8D05-8F03C29F33EC}"/>
     <cellStyle name="Percent 2" xfId="2" xr:uid="{5174F319-3912-483F-A940-7172EBF96D0A}"/>
     <cellStyle name="Percent 3" xfId="11" xr:uid="{1D24ACEA-D27D-40F9-90DF-6F8D0BB63940}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{4E1FC020-EC0E-48D4-A2C6-D8BDE217E517}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -500,51 +505,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -642,84 +647,84 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CED8D225-8ED0-460C-974F-B2C0B7F60CEB}">
-  <dimension ref="A1:T17"/>
+  <dimension ref="A1:T18"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="13.53125" customWidth="1"/>
     <col min="2" max="8" width="6.3984375" style="2" customWidth="1"/>
     <col min="9" max="9" width="7.3984375" style="2" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="6.3984375" style="3" customWidth="1"/>
     <col min="11" max="11" width="13.53125" style="3" customWidth="1"/>
     <col min="12" max="19" width="7.3984375" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="4" t="s">
@@ -736,748 +741,798 @@
       </c>
       <c r="M3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="P3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="Q3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="R3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="S3" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A4" s="8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B4" s="10">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="C4" s="10">
-        <v>1430</v>
+        <v>394</v>
       </c>
       <c r="D4" s="10">
-        <v>1414</v>
+        <v>600</v>
       </c>
       <c r="E4" s="10">
-        <v>581</v>
+        <v>178</v>
       </c>
       <c r="F4" s="10">
-        <v>72</v>
+        <v>14</v>
       </c>
       <c r="G4" s="10">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="H4" s="10">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="I4" s="9">
         <f>SUM(B4:H4)</f>
-        <v>3611</v>
+        <v>1186</v>
       </c>
       <c r="K4" s="8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L4" s="11">
-        <v>163</v>
+        <v>18</v>
       </c>
       <c r="M4" s="11">
-        <v>4034</v>
+        <v>984</v>
       </c>
       <c r="N4" s="11">
-        <v>4309</v>
+        <v>1292</v>
       </c>
       <c r="O4" s="11">
-        <v>1840</v>
+        <v>443</v>
       </c>
       <c r="P4" s="11">
-        <v>305</v>
+        <v>45</v>
       </c>
       <c r="Q4" s="11">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="R4" s="11">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="S4" s="9">
         <f>SUM(L4:R4)</f>
-        <v>10701</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="5" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="B5" s="10">
-        <v>22</v>
+        <v>82</v>
       </c>
       <c r="C5" s="10">
-        <v>646</v>
+        <v>1430</v>
       </c>
       <c r="D5" s="10">
-        <v>791</v>
+        <v>1414</v>
       </c>
       <c r="E5" s="10">
-        <v>346</v>
+        <v>581</v>
       </c>
       <c r="F5" s="10">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="G5" s="10">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="H5" s="10">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="I5" s="9">
         <f>SUM(B5:H5)</f>
-        <v>1861</v>
+        <v>3611</v>
       </c>
       <c r="K5" s="8" t="s">
-        <v>11</v>
-[...20 lines deleted...]
-        <v>3</v>
+        <v>21</v>
+      </c>
+      <c r="L5" s="11">
+        <v>163</v>
+      </c>
+      <c r="M5" s="11">
+        <v>4034</v>
+      </c>
+      <c r="N5" s="11">
+        <v>4309</v>
+      </c>
+      <c r="O5" s="11">
+        <v>1840</v>
+      </c>
+      <c r="P5" s="11">
+        <v>305</v>
+      </c>
+      <c r="Q5" s="11">
+        <v>26</v>
+      </c>
+      <c r="R5" s="11">
+        <v>24</v>
       </c>
       <c r="S5" s="9">
         <f>SUM(L5:R5)</f>
-        <v>9826</v>
+        <v>10701</v>
       </c>
     </row>
     <row r="6" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A6" s="8" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B6" s="10">
-        <v>188</v>
+        <v>22</v>
       </c>
       <c r="C6" s="10">
-        <v>7962</v>
+        <v>646</v>
       </c>
       <c r="D6" s="10">
-        <v>8564</v>
+        <v>791</v>
       </c>
       <c r="E6" s="10">
-        <v>4322</v>
+        <v>346</v>
       </c>
       <c r="F6" s="10">
-        <v>796</v>
+        <v>42</v>
       </c>
       <c r="G6" s="10">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="H6" s="10">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I6" s="9">
         <f>SUM(B6:H6)</f>
-        <v>21887</v>
+        <v>1861</v>
       </c>
       <c r="K6" s="8" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L6" s="10">
-        <v>320</v>
+        <v>241</v>
       </c>
       <c r="M6" s="10">
-        <v>4642</v>
+        <v>3362</v>
       </c>
       <c r="N6" s="10">
-        <v>5103</v>
+        <v>4058</v>
       </c>
       <c r="O6" s="10">
-        <v>2054</v>
+        <v>1914</v>
       </c>
       <c r="P6" s="10">
-        <v>294</v>
+        <v>232</v>
       </c>
       <c r="Q6" s="10">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="R6" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S6" s="9">
         <f>SUM(L6:R6)</f>
-        <v>12430</v>
+        <v>9826</v>
       </c>
     </row>
     <row r="7" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A7" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="10">
+        <v>188</v>
+      </c>
+      <c r="C7" s="10">
+        <v>7962</v>
+      </c>
+      <c r="D7" s="10">
+        <v>8564</v>
+      </c>
+      <c r="E7" s="10">
+        <v>4322</v>
+      </c>
+      <c r="F7" s="10">
+        <v>796</v>
+      </c>
+      <c r="G7" s="10">
+        <v>50</v>
+      </c>
+      <c r="H7" s="10">
+        <v>5</v>
+      </c>
+      <c r="I7" s="9">
+        <f>SUM(B7:H7)</f>
+        <v>21887</v>
+      </c>
+      <c r="K7" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="L7" s="10">
+        <v>320</v>
+      </c>
+      <c r="M7" s="10">
+        <v>4642</v>
+      </c>
+      <c r="N7" s="10">
+        <v>5103</v>
+      </c>
+      <c r="O7" s="10">
+        <v>2054</v>
+      </c>
+      <c r="P7" s="10">
+        <v>294</v>
+      </c>
+      <c r="Q7" s="10">
         <v>13</v>
       </c>
-      <c r="B7" s="10">
-[...44 lines deleted...]
-      </c>
       <c r="R7" s="10">
-        <v>57</v>
+        <v>4</v>
       </c>
       <c r="S7" s="9">
-        <f t="shared" ref="S7:S13" si="1">SUM(L7:R7)</f>
-        <v>9299</v>
+        <f>SUM(L7:R7)</f>
+        <v>12430</v>
       </c>
     </row>
     <row r="8" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A8" s="8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B8" s="10">
-        <v>118</v>
+        <v>327</v>
       </c>
       <c r="C8" s="10">
-        <v>3078</v>
+        <v>5704</v>
       </c>
       <c r="D8" s="10">
-        <v>4384</v>
+        <v>5640</v>
       </c>
       <c r="E8" s="10">
-        <v>2071</v>
+        <v>2721</v>
       </c>
       <c r="F8" s="10">
-        <v>206</v>
+        <v>262</v>
       </c>
       <c r="G8" s="10">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H8" s="10">
-        <v>110</v>
+        <v>23</v>
       </c>
       <c r="I8" s="9">
-        <f t="shared" si="0"/>
-[...2 lines deleted...]
-      <c r="J8" s="6"/>
+        <f t="shared" ref="I8:I14" si="0">SUM(B8:H8)</f>
+        <v>14685</v>
+      </c>
       <c r="K8" s="8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="L8" s="10">
-        <v>252</v>
+        <v>95</v>
       </c>
       <c r="M8" s="10">
-        <v>2246</v>
+        <v>3381</v>
       </c>
       <c r="N8" s="10">
-        <v>3986</v>
+        <v>3551</v>
       </c>
       <c r="O8" s="10">
-        <v>1686</v>
+        <v>2056</v>
       </c>
       <c r="P8" s="10">
-        <v>172</v>
+        <v>138</v>
       </c>
       <c r="Q8" s="10">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="R8" s="10">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="S8" s="9">
-        <f t="shared" si="1"/>
-[...2 lines deleted...]
-      <c r="T8" s="5"/>
+        <f t="shared" ref="S8:S14" si="1">SUM(L8:R8)</f>
+        <v>9299</v>
+      </c>
     </row>
     <row r="9" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A9" s="8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B9" s="10">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="C9" s="10">
-        <v>5056</v>
+        <v>3078</v>
       </c>
       <c r="D9" s="10">
-        <v>5810</v>
+        <v>4384</v>
       </c>
       <c r="E9" s="10">
-        <v>2172</v>
+        <v>2071</v>
       </c>
       <c r="F9" s="10">
-        <v>225</v>
+        <v>206</v>
       </c>
       <c r="G9" s="10">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H9" s="10">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="I9" s="9">
         <f t="shared" si="0"/>
-        <v>13406</v>
-      </c>
+        <v>9971</v>
+      </c>
+      <c r="J9" s="6"/>
       <c r="K9" s="8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L9" s="10">
-        <v>74</v>
+        <v>252</v>
       </c>
       <c r="M9" s="10">
-        <v>2395</v>
+        <v>2246</v>
       </c>
       <c r="N9" s="10">
-        <v>2917</v>
+        <v>3986</v>
       </c>
       <c r="O9" s="10">
-        <v>1516</v>
+        <v>1686</v>
       </c>
       <c r="P9" s="10">
-        <v>257</v>
+        <v>172</v>
       </c>
       <c r="Q9" s="10">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="R9" s="10">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="S9" s="9">
         <f t="shared" si="1"/>
-        <v>7179</v>
-      </c>
+        <v>8362</v>
+      </c>
+      <c r="T9" s="5"/>
     </row>
     <row r="10" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A10" s="8" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B10" s="10">
-        <v>125</v>
+        <v>142</v>
       </c>
       <c r="C10" s="10">
-        <v>3534</v>
+        <v>5056</v>
       </c>
       <c r="D10" s="10">
-        <v>4137</v>
+        <v>5810</v>
       </c>
       <c r="E10" s="10">
-        <v>1669</v>
+        <v>2172</v>
       </c>
       <c r="F10" s="10">
-        <v>249</v>
+        <v>225</v>
       </c>
       <c r="G10" s="10">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="H10" s="10">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="I10" s="9">
         <f t="shared" si="0"/>
-        <v>9749</v>
+        <v>13406</v>
       </c>
       <c r="K10" s="8" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="L10" s="10">
-        <v>146</v>
+        <v>74</v>
       </c>
       <c r="M10" s="10">
-        <v>2264</v>
+        <v>2395</v>
       </c>
       <c r="N10" s="10">
-        <v>3100</v>
+        <v>2917</v>
       </c>
       <c r="O10" s="10">
-        <v>1326</v>
+        <v>1516</v>
       </c>
       <c r="P10" s="10">
-        <v>223</v>
+        <v>257</v>
       </c>
       <c r="Q10" s="10">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="R10" s="10">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="S10" s="9">
         <f t="shared" si="1"/>
-        <v>7092</v>
+        <v>7179</v>
       </c>
     </row>
     <row r="11" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A11" s="8" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B11" s="10">
-        <v>215</v>
+        <v>125</v>
       </c>
       <c r="C11" s="10">
-        <v>3513</v>
+        <v>3534</v>
       </c>
       <c r="D11" s="10">
-        <v>4531</v>
+        <v>4137</v>
       </c>
       <c r="E11" s="10">
-        <v>2382</v>
+        <v>1669</v>
       </c>
       <c r="F11" s="10">
-        <v>347</v>
+        <v>249</v>
       </c>
       <c r="G11" s="10">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H11" s="10">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I11" s="9">
         <f t="shared" si="0"/>
-        <v>11042</v>
+        <v>9749</v>
       </c>
       <c r="K11" s="8" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="L11" s="10">
-        <v>307</v>
+        <v>146</v>
       </c>
       <c r="M11" s="10">
-        <v>1254</v>
+        <v>2264</v>
       </c>
       <c r="N11" s="10">
-        <v>1528</v>
+        <v>3100</v>
       </c>
       <c r="O11" s="10">
-        <v>587</v>
+        <v>1326</v>
       </c>
       <c r="P11" s="10">
-        <v>133</v>
+        <v>223</v>
       </c>
       <c r="Q11" s="10">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="R11" s="10">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="S11" s="9">
         <f t="shared" si="1"/>
-        <v>3809</v>
+        <v>7092</v>
       </c>
     </row>
     <row r="12" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A12" s="8" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B12" s="10">
-        <v>466</v>
+        <v>215</v>
       </c>
       <c r="C12" s="10">
-        <v>1984</v>
+        <v>3513</v>
       </c>
       <c r="D12" s="10">
-        <v>2674</v>
+        <v>4531</v>
       </c>
       <c r="E12" s="10">
-        <v>1202</v>
+        <v>2382</v>
       </c>
       <c r="F12" s="10">
-        <v>243</v>
+        <v>347</v>
       </c>
       <c r="G12" s="10">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="H12" s="10">
         <v>1</v>
       </c>
       <c r="I12" s="9">
         <f t="shared" si="0"/>
-        <v>6579</v>
+        <v>11042</v>
       </c>
       <c r="K12" s="8" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="L12" s="10">
-        <v>26</v>
+        <v>307</v>
       </c>
       <c r="M12" s="10">
-        <v>950</v>
+        <v>1254</v>
       </c>
       <c r="N12" s="10">
-        <v>1096</v>
+        <v>1528</v>
       </c>
       <c r="O12" s="10">
-        <v>603</v>
+        <v>587</v>
       </c>
       <c r="P12" s="10">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="Q12" s="10">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="R12" s="10">
         <v>0</v>
       </c>
       <c r="S12" s="9">
         <f t="shared" si="1"/>
-        <v>2826</v>
+        <v>3809</v>
       </c>
     </row>
     <row r="13" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A13" s="8" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B13" s="10">
-        <v>4</v>
+        <v>466</v>
       </c>
       <c r="C13" s="10">
-        <v>1731</v>
+        <v>1984</v>
       </c>
       <c r="D13" s="10">
-        <v>2415</v>
+        <v>2674</v>
       </c>
       <c r="E13" s="10">
-        <v>999</v>
+        <v>1202</v>
       </c>
       <c r="F13" s="10">
-        <v>169</v>
+        <v>243</v>
       </c>
       <c r="G13" s="10">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="H13" s="10">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I13" s="9">
         <f t="shared" si="0"/>
-        <v>5348</v>
+        <v>6579</v>
       </c>
       <c r="K13" s="8" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L13" s="10">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="M13" s="10">
-        <v>455</v>
+        <v>950</v>
       </c>
       <c r="N13" s="10">
-        <v>680</v>
+        <v>1096</v>
       </c>
       <c r="O13" s="10">
-        <v>186</v>
+        <v>603</v>
       </c>
       <c r="P13" s="10">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="Q13" s="10">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="R13" s="10">
         <v>0</v>
       </c>
       <c r="S13" s="9">
         <f t="shared" si="1"/>
+        <v>2826</v>
+      </c>
+    </row>
+    <row r="14" spans="1:20" x14ac:dyDescent="0.45">
+      <c r="A14" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B14" s="10">
+        <v>4</v>
+      </c>
+      <c r="C14" s="10">
+        <v>1731</v>
+      </c>
+      <c r="D14" s="10">
+        <v>2415</v>
+      </c>
+      <c r="E14" s="10">
+        <v>999</v>
+      </c>
+      <c r="F14" s="10">
+        <v>169</v>
+      </c>
+      <c r="G14" s="10">
+        <v>30</v>
+      </c>
+      <c r="H14" s="10">
+        <v>0</v>
+      </c>
+      <c r="I14" s="9">
+        <f t="shared" si="0"/>
+        <v>5348</v>
+      </c>
+      <c r="K14" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="L14" s="10">
+        <v>0</v>
+      </c>
+      <c r="M14" s="10">
+        <v>455</v>
+      </c>
+      <c r="N14" s="10">
+        <v>680</v>
+      </c>
+      <c r="O14" s="10">
+        <v>186</v>
+      </c>
+      <c r="P14" s="10">
+        <v>49</v>
+      </c>
+      <c r="Q14" s="10">
+        <v>15</v>
+      </c>
+      <c r="R14" s="10">
+        <v>0</v>
+      </c>
+      <c r="S14" s="9">
+        <f t="shared" si="1"/>
         <v>1385</v>
       </c>
     </row>
-    <row r="14" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
-[...41 lines deleted...]
-      <c r="T15" s="12"/>
+    <row r="15" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B15"/>
+      <c r="C15"/>
+      <c r="D15"/>
+      <c r="E15"/>
+      <c r="F15"/>
+      <c r="G15"/>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15"/>
+      <c r="K15"/>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15"/>
+      <c r="O15"/>
+      <c r="P15"/>
+      <c r="Q15"/>
+      <c r="R15"/>
+      <c r="S15"/>
     </row>
     <row r="16" spans="1:20" x14ac:dyDescent="0.45">
-      <c r="A16" s="12"/>
+      <c r="A16" s="12" t="s">
+        <v>20</v>
+      </c>
       <c r="B16" s="12"/>
       <c r="C16" s="12"/>
       <c r="D16" s="12"/>
       <c r="E16" s="12"/>
       <c r="F16" s="12"/>
       <c r="G16" s="12"/>
       <c r="H16" s="12"/>
       <c r="I16" s="12"/>
       <c r="J16" s="12"/>
       <c r="K16" s="12"/>
       <c r="L16" s="12"/>
       <c r="M16" s="12"/>
       <c r="N16" s="12"/>
       <c r="O16" s="12"/>
       <c r="P16" s="12"/>
       <c r="Q16" s="12"/>
       <c r="R16" s="12"/>
       <c r="S16" s="12"/>
       <c r="T16" s="12"/>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A17" s="12"/>
       <c r="B17" s="12"/>
       <c r="C17" s="12"/>
       <c r="D17" s="12"/>
       <c r="E17" s="12"/>
       <c r="F17" s="12"/>
       <c r="G17" s="12"/>
       <c r="H17" s="12"/>
       <c r="I17" s="12"/>
       <c r="J17" s="12"/>
       <c r="K17" s="12"/>
       <c r="L17" s="12"/>
       <c r="M17" s="12"/>
       <c r="N17" s="12"/>
       <c r="O17" s="12"/>
       <c r="P17" s="12"/>
       <c r="Q17" s="12"/>
       <c r="R17" s="12"/>
       <c r="S17" s="12"/>
       <c r="T17" s="12"/>
     </row>
+    <row r="18" spans="1:20" x14ac:dyDescent="0.45">
+      <c r="A18" s="12"/>
+      <c r="B18" s="12"/>
+      <c r="C18" s="12"/>
+      <c r="D18" s="12"/>
+      <c r="E18" s="12"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="12"/>
+      <c r="H18" s="12"/>
+      <c r="I18" s="12"/>
+      <c r="J18" s="12"/>
+      <c r="K18" s="12"/>
+      <c r="L18" s="12"/>
+      <c r="M18" s="12"/>
+      <c r="N18" s="12"/>
+      <c r="O18" s="12"/>
+      <c r="P18" s="12"/>
+      <c r="Q18" s="12"/>
+      <c r="R18" s="12"/>
+      <c r="S18" s="12"/>
+      <c r="T18" s="12"/>
+    </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A15:T17"/>
+    <mergeCell ref="A16:T18"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B9392D12F103F0459E6835886DD70153" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="711be97ffa393a19d59c587e37eb93dc">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="61cd099e-fda8-4d24-9efb-0d237bfa86c8" xmlns:ns3="fff20438-b414-40cd-b54f-4096d4d01fe9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6b636041bca54cec954b537644b82b6b" ns2:_="" ns3:_="">
     <xsd:import namespace="61cd099e-fda8-4d24-9efb-0d237bfa86c8"/>
     <xsd:import namespace="fff20438-b414-40cd-b54f-4096d4d01fe9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:Updated" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="61cd099e-fda8-4d24-9efb-0d237bfa86c8" elementFormDefault="qualified">
@@ -1616,92 +1671,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Updated xmlns="61cd099e-fda8-4d24-9efb-0d237bfa86c8">true</Updated>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2613F8DD-8A4E-431F-BDD1-A6BF7FCAAA4D}">
-[...8 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23FA7008-104E-41EB-99DA-995E7300E6FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="61cd099e-fda8-4d24-9efb-0d237bfa86c8"/>
     <ds:schemaRef ds:uri="fff20438-b414-40cd-b54f-4096d4d01fe9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F19D78BC-E7CF-4B2F-9749-5425612CE070}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2613F8DD-8A4E-431F-BDD1-A6BF7FCAAA4D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="fff20438-b414-40cd-b54f-4096d4d01fe9"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="61cd099e-fda8-4d24-9efb-0d237bfa86c8"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>GLA Prog Homes Bedrooms </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>