--- v1 (2025-11-21)
+++ v2 (2026-02-10)
@@ -7,54 +7,54 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterlondonauthority.sharepoint.com/sites/HL_HOU_Programme/Shared Documents/General/AHP/MHCLG Quarterly Reports/2025-26/Quarter 2/Draft reports/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterlondonauthority.sharepoint.com/sites/HL_HOU_Programme/Shared Documents/General/AHP/MHCLG Quarterly Reports/2025-26/Quarter 3/Working files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="13_ncr:1_{B49144E7-1710-4B06-850A-478AF6EADDA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{90014233-F1F0-45A8-AF54-089DA7D206D8}"/>
+  <xr:revisionPtr revIDLastSave="58" documentId="8_{9B0D8FB5-B802-495F-9047-53F9D51A39D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6D6D0239-87B4-4601-A84C-D26D163B9632}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="21795" windowHeight="13996" tabRatio="564" xr2:uid="{7EAFF0BD-F5B3-4A52-8375-EAA6116F7F28}"/>
   </bookViews>
   <sheets>
     <sheet name="GLA Prog Homes Bedrooms " sheetId="12" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -150,63 +150,63 @@
   </si>
   <si>
     <t xml:space="preserve">Please note, the bedroom breakdown is not captured for all projects in GLA programmes and the details provided above reflect only those projects where the information is available 
 at the time of reporting.   </t>
   </si>
   <si>
     <r>
       <t>2024-25</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>2025-26</t>
   </si>
   <si>
-    <t>To end of September 2025</t>
+    <t>To end of December 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -215,50 +215,56 @@
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -285,78 +291,81 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="41" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="9" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="12" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="41" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="19">
     <cellStyle name="Comma" xfId="9" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="8" xr:uid="{DA1BDE61-CE75-4353-B127-9454540EAE41}"/>
     <cellStyle name="Comma 3" xfId="10" xr:uid="{A56D8FE0-5C9D-4F36-ADD9-6EB489827F7B}"/>
     <cellStyle name="Comma 4" xfId="12" xr:uid="{2E673047-D441-4C96-849F-C78D5BB4951D}"/>
     <cellStyle name="Hyperlink 2" xfId="5" xr:uid="{EC3159B0-3210-426A-B430-D904D60ADB46}"/>
     <cellStyle name="Hyperlink 2 4" xfId="15" xr:uid="{9E291028-F482-436D-8965-E1B8657DC16F}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="18" xr:uid="{2AFAF487-9CB3-4B22-A282-A3A649B98B5A}"/>
     <cellStyle name="Normal 13" xfId="16" xr:uid="{C6C7225E-8D6A-4C0E-B47A-B6ED2A7A0FFE}"/>
     <cellStyle name="Normal 19" xfId="1" xr:uid="{0903CF61-02F7-4C0A-89CD-6597D0D90614}"/>
     <cellStyle name="Normal 2" xfId="4" xr:uid="{A49B8E42-B9B3-4AFE-9C66-5F5DC43EE388}"/>
     <cellStyle name="Normal 2 2" xfId="6" xr:uid="{5192B8ED-1C33-47E5-9FA0-C0467518A98C}"/>
     <cellStyle name="Normal 2 2 2 2" xfId="17" xr:uid="{D85DA83E-0515-426C-9C1E-87E181406489}"/>
     <cellStyle name="Normal 4" xfId="3" xr:uid="{CB387400-920E-48EE-A9F4-37FB185F0DC8}"/>
     <cellStyle name="Normal 4 2" xfId="7" xr:uid="{7D7A0890-9BFA-4AD8-B931-0D4E9BACDA4A}"/>
     <cellStyle name="Normal 4 3 2" xfId="14" xr:uid="{F42192F3-E53C-40A4-A876-EAAFE6CB8A76}"/>
     <cellStyle name="Normal 4 4" xfId="13" xr:uid="{72967133-185A-484C-8D05-8F03C29F33EC}"/>
     <cellStyle name="Percent 2" xfId="2" xr:uid="{5174F319-3912-483F-A940-7172EBF96D0A}"/>
     <cellStyle name="Percent 3" xfId="11" xr:uid="{1D24ACEA-D27D-40F9-90DF-6F8D0BB63940}"/>
@@ -659,51 +668,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CED8D225-8ED0-460C-974F-B2C0B7F60CEB}">
-  <dimension ref="A1:T18"/>
+  <dimension ref="A1:T19"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="13.53125" customWidth="1"/>
     <col min="2" max="8" width="6.3984375" style="2" customWidth="1"/>
     <col min="9" max="9" width="7.3984375" style="2" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="6.3984375" style="3" customWidth="1"/>
     <col min="11" max="11" width="13.53125" style="3" customWidth="1"/>
     <col min="12" max="19" width="7.3984375" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A3" s="1" t="s">
@@ -747,98 +756,98 @@
       </c>
       <c r="O3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="P3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="Q3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="R3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="S3" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A4" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B4" s="10">
         <v>0</v>
       </c>
       <c r="C4" s="10">
-        <v>394</v>
+        <v>876</v>
       </c>
       <c r="D4" s="10">
-        <v>600</v>
+        <v>1320</v>
       </c>
       <c r="E4" s="10">
-        <v>178</v>
+        <v>491</v>
       </c>
       <c r="F4" s="10">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="G4" s="10">
         <v>0</v>
       </c>
       <c r="H4" s="10">
         <v>0</v>
       </c>
       <c r="I4" s="9">
         <f>SUM(B4:H4)</f>
-        <v>1186</v>
+        <v>2717</v>
       </c>
       <c r="K4" s="8" t="s">
         <v>22</v>
       </c>
       <c r="L4" s="11">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="M4" s="11">
-        <v>984</v>
+        <v>2063</v>
       </c>
       <c r="N4" s="11">
-        <v>1292</v>
+        <v>2450</v>
       </c>
       <c r="O4" s="11">
-        <v>443</v>
+        <v>978</v>
       </c>
       <c r="P4" s="11">
-        <v>45</v>
+        <v>104</v>
       </c>
       <c r="Q4" s="11">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="R4" s="11">
         <v>13</v>
       </c>
       <c r="S4" s="9">
         <f>SUM(L4:R4)</f>
-        <v>2796</v>
+        <v>5651</v>
       </c>
     </row>
     <row r="5" spans="1:20" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B5" s="10">
         <v>82</v>
       </c>
       <c r="C5" s="10">
         <v>1430</v>
       </c>
       <c r="D5" s="10">
         <v>1414</v>
       </c>
       <c r="E5" s="10">
         <v>581</v>
       </c>
       <c r="F5" s="10">
         <v>72</v>
       </c>
       <c r="G5" s="10">
         <v>12</v>
       </c>
       <c r="H5" s="10">
@@ -1400,141 +1409,145 @@
         <f t="shared" si="1"/>
         <v>1385</v>
       </c>
     </row>
     <row r="15" spans="1:20" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15"/>
     </row>
     <row r="16" spans="1:20" x14ac:dyDescent="0.45">
-      <c r="A16" s="12" t="s">
+      <c r="A16" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="B16" s="12"/>
-[...17 lines deleted...]
-      <c r="T16" s="12"/>
+      <c r="B16" s="13"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="13"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="13"/>
+      <c r="G16" s="13"/>
+      <c r="H16" s="13"/>
+      <c r="I16" s="13"/>
+      <c r="J16" s="13"/>
+      <c r="K16" s="13"/>
+      <c r="L16" s="13"/>
+      <c r="M16" s="13"/>
+      <c r="N16" s="13"/>
+      <c r="O16" s="13"/>
+      <c r="P16" s="13"/>
+      <c r="Q16" s="13"/>
+      <c r="R16" s="13"/>
+      <c r="S16" s="13"/>
+      <c r="T16" s="13"/>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.45">
-      <c r="A17" s="12"/>
-[...18 lines deleted...]
-      <c r="T17" s="12"/>
+      <c r="A17" s="13"/>
+      <c r="B17" s="13"/>
+      <c r="C17" s="13"/>
+      <c r="D17" s="13"/>
+      <c r="E17" s="13"/>
+      <c r="F17" s="13"/>
+      <c r="G17" s="13"/>
+      <c r="H17" s="13"/>
+      <c r="I17" s="13"/>
+      <c r="J17" s="13"/>
+      <c r="K17" s="13"/>
+      <c r="L17" s="13"/>
+      <c r="M17" s="13"/>
+      <c r="N17" s="13"/>
+      <c r="O17" s="13"/>
+      <c r="P17" s="13"/>
+      <c r="Q17" s="13"/>
+      <c r="R17" s="13"/>
+      <c r="S17" s="13"/>
+      <c r="T17" s="13"/>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.45">
-      <c r="A18" s="12"/>
-[...18 lines deleted...]
-      <c r="T18" s="12"/>
+      <c r="A18" s="13"/>
+      <c r="B18" s="13"/>
+      <c r="C18" s="13"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="13"/>
+      <c r="F18" s="13"/>
+      <c r="G18" s="13"/>
+      <c r="H18" s="13"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="13"/>
+      <c r="K18" s="13"/>
+      <c r="L18" s="13"/>
+      <c r="M18" s="13"/>
+      <c r="N18" s="13"/>
+      <c r="O18" s="13"/>
+      <c r="P18" s="13"/>
+      <c r="Q18" s="13"/>
+      <c r="R18" s="13"/>
+      <c r="S18" s="13"/>
+      <c r="T18" s="13"/>
+    </row>
+    <row r="19" spans="1:20" x14ac:dyDescent="0.45">
+      <c r="A19" s="12"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A16:T18"/>
   </mergeCells>
+  <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B9392D12F103F0459E6835886DD70153" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="711be97ffa393a19d59c587e37eb93dc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="61cd099e-fda8-4d24-9efb-0d237bfa86c8" xmlns:ns3="fff20438-b414-40cd-b54f-4096d4d01fe9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6b636041bca54cec954b537644b82b6b" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B9392D12F103F0459E6835886DD70153" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0644f9743d38c0ac4f32bb6728837c21">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="61cd099e-fda8-4d24-9efb-0d237bfa86c8" xmlns:ns3="fff20438-b414-40cd-b54f-4096d4d01fe9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6fcdef3303669269e049c882f22d4bbd" ns2:_="" ns3:_="">
     <xsd:import namespace="61cd099e-fda8-4d24-9efb-0d237bfa86c8"/>
     <xsd:import namespace="fff20438-b414-40cd-b54f-4096d4d01fe9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:Updated" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="61cd099e-fda8-4d24-9efb-0d237bfa86c8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -1689,66 +1702,51 @@
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Updated xmlns="61cd099e-fda8-4d24-9efb-0d237bfa86c8">true</Updated>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23FA7008-104E-41EB-99DA-995E7300E6FF}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6223BC25-C4E9-41C8-9785-74FE66C94D11}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F19D78BC-E7CF-4B2F-9749-5425612CE070}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2613F8DD-8A4E-431F-BDD1-A6BF7FCAAA4D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="fff20438-b414-40cd-b54f-4096d4d01fe9"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="61cd099e-fda8-4d24-9efb-0d237bfa86c8"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>